--- v0 (2025-12-25)
+++ v1 (2026-03-02)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="34631BBC" w14:textId="354CAD84" w:rsidR="003B2D65" w:rsidRPr="003B2D65" w:rsidRDefault="003B2D65" w:rsidP="003B2D65">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="ITC Garamond Std Lt" w:eastAsia="Times New Roman" w:hAnsi="ITC Garamond Std Lt" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk214881773"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="003B2D65">
         <w:rPr>
           <w:rFonts w:ascii="ITC Garamond Std Lt" w:eastAsia="Times New Roman" w:hAnsi="ITC Garamond Std Lt" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>JOURNAL</w:t>
       </w:r>
@@ -712,82 +712,70 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7A5BFB9A" w14:textId="77777777" w:rsidR="003B2D65" w:rsidRPr="003B2D65" w:rsidRDefault="003B2D65" w:rsidP="003B2D65">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AA5029F" w14:textId="77777777" w:rsidR="00995386" w:rsidRPr="00995386" w:rsidRDefault="00995386" w:rsidP="00995386">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F787643" w14:textId="0BEB0D31" w:rsidR="004803C0" w:rsidRPr="00D264D7" w:rsidRDefault="004803C0" w:rsidP="00995386">
+    <w:p w14:paraId="7F787643" w14:textId="766C72AF" w:rsidR="004803C0" w:rsidRPr="00D264D7" w:rsidRDefault="004803C0" w:rsidP="00995386">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00D264D7">
         <w:t>TITLE</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D264D7">
         <w:t>IN</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D264D7">
         <w:t>ENGLISH</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...10 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="4CCA7BBB" w14:textId="700BB68D" w:rsidR="000D3127" w:rsidRPr="00995386" w:rsidRDefault="004803C0" w:rsidP="00995386">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004803C0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>ABSTRACT.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>Lorem</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
@@ -827,55 +815,53 @@
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>elit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>Mauris</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>lorem.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -994,90 +980,86 @@
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>tellus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>vestibulum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>sollicitudin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>nec</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>congue</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>quam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>Fusce</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>nunc</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>tempus</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
@@ -1143,57 +1125,52 @@
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>mollis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>vel</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>ipsum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
-        <w:t>nec</w:t>
-[...3 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>nec,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>pulvinar</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>commodo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>lacus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000D3127" w:rsidRPr="00257B49">
         <w:t>.</w:t>
@@ -2487,123 +2464,87 @@
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>keyword</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E12F3" w:rsidRPr="00995386">
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="549EBF1B" w14:textId="77777777" w:rsidR="004803C0" w:rsidRPr="00995386" w:rsidRDefault="004803C0" w:rsidP="00995386">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="691641C1" w14:textId="1E70AAD6" w:rsidR="004803C0" w:rsidRPr="004803C0" w:rsidRDefault="004803C0" w:rsidP="00995386">
+    <w:p w14:paraId="691641C1" w14:textId="6041C84D" w:rsidR="004803C0" w:rsidRPr="004803C0" w:rsidRDefault="004803C0" w:rsidP="00995386">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004803C0">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>TÍTULO</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004803C0">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>EN</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004803C0">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ESPAÑOL</w:t>
-      </w:r>
-[...34 lines deleted...]
-        <w:t>puntos)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E565E1" w14:textId="11550893" w:rsidR="004803C0" w:rsidRPr="004803C0" w:rsidRDefault="004803C0" w:rsidP="00995386">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00257B49">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>RESUMEN.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>Lorem</w:t>
       </w:r>
@@ -2644,55 +2585,53 @@
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>elit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>Mauris</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>lorem.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2811,90 +2750,86 @@
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>tellus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>vestibulum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>sollicitudin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>nec</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>congue</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>quam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>Fusce</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>nunc</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>tempus</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
@@ -2960,57 +2895,52 @@
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>mollis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>vel</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>ipsum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
-        <w:t>nec</w:t>
-[...3 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>nec,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>pulvinar</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>commodo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>lacus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008954C8" w:rsidRPr="00257B49">
         <w:t>.</w:t>
@@ -4415,51 +4345,50 @@
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45C38430" w14:textId="77777777" w:rsidR="004803C0" w:rsidRPr="004803C0" w:rsidRDefault="004803C0" w:rsidP="00995386">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78B30245" w14:textId="77777777" w:rsidR="004803C0" w:rsidRPr="004803C0" w:rsidRDefault="004803C0" w:rsidP="00995386">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="066B134C" w14:textId="7019C72C" w:rsidR="004803C0" w:rsidRPr="00AA18A6" w:rsidRDefault="004803C0" w:rsidP="00AA18A6">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA18A6">
-        <w:lastRenderedPageBreak/>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00257B49" w:rsidRPr="00AA18A6">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00685920" w:rsidRPr="00AA18A6">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00E62A02" w:rsidRPr="00AA18A6">
         <w:t>vel</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E62A02" w:rsidRPr="00AA18A6">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E62A02" w:rsidRPr="00AA18A6">
         <w:t>heading</w:t>
@@ -4517,55 +4446,53 @@
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>elit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>Mauris</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>lorem.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4684,90 +4611,86 @@
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>tellus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>vestibulum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>sollicitudin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>nec</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>congue</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>quam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>Fusce</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>nunc</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>tempus</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
@@ -4833,57 +4756,52 @@
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>mollis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>vel</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>ipsum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="00257B49">
+        <w:t>nec,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>pulvinar</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>commodo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>lacus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>.</w:t>
@@ -7443,51 +7361,51 @@
       <w:r w:rsidRPr="00AA18A6">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="004803C0" w:rsidRPr="00AA18A6">
         <w:t>.1.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00194ABE" w:rsidRPr="00AA18A6">
         <w:t>Level</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00194ABE" w:rsidRPr="00AA18A6">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00194ABE" w:rsidRPr="00AA18A6">
         <w:t>heading</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="093A0F1E" w14:textId="2577ED1F" w:rsidR="004803C0" w:rsidRPr="00257B49" w:rsidRDefault="008D4473" w:rsidP="00551D69">
+    <w:p w14:paraId="093A0F1E" w14:textId="18A5353B" w:rsidR="004803C0" w:rsidRPr="00257B49" w:rsidRDefault="008D4473" w:rsidP="00551D69">
       <w:r w:rsidRPr="00257B49">
         <w:t>Lorem</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>ipsum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>dolor</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>sit</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -7506,55 +7424,53 @@
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>elit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>Mauris</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>lorem.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7673,90 +7589,86 @@
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>tellus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>vestibulum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>sollicitudin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>nec</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>congue</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>quam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>Fusce</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>nunc</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>tempus</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
@@ -7822,57 +7734,52 @@
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>mollis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>vel</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>ipsum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="00257B49">
+        <w:t>nec,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>pulvinar</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>commodo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>lacus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>.</w:t>
@@ -7907,62 +7814,58 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>arcu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>condimentum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>eleifend</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>.</w:t>
-      </w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B0F0547" w14:textId="77777777" w:rsidR="00E1424C" w:rsidRPr="00257B49" w:rsidRDefault="00E1424C" w:rsidP="00551D69"/>
     <w:p w14:paraId="5C476148" w14:textId="39E9E33D" w:rsidR="00E1424C" w:rsidRPr="003B2D65" w:rsidRDefault="00685920" w:rsidP="003B2D65">
       <w:pPr>
         <w:pStyle w:val="Ttulo3"/>
       </w:pPr>
       <w:r w:rsidRPr="003B2D65">
-        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00E1424C" w:rsidRPr="003B2D65">
         <w:t>.1.1.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0082129B" w:rsidRPr="003B2D65">
         <w:t>Level</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0082129B" w:rsidRPr="003B2D65">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0082129B" w:rsidRPr="003B2D65">
         <w:t>heading</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="396BECFC" w14:textId="246DAD8D" w:rsidR="00E1424C" w:rsidRPr="00E1424C" w:rsidRDefault="00E1424C" w:rsidP="00551D69">
@@ -8006,55 +7909,53 @@
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>elit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>Mauris</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>lorem.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8173,90 +8074,86 @@
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>tellus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>vestibulum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>sollicitudin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>nec</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>congue</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>quam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>Fusce</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>nunc</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>tempus</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
@@ -8322,57 +8219,52 @@
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>mollis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>vel</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>ipsum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>,</w:t>
+      <w:r w:rsidRPr="00257B49">
+        <w:t>nec,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>pulvinar</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>commodo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>lacus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>.</w:t>
@@ -10212,1015 +10104,1431 @@
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E1424C">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>magna.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="753E5061" w14:textId="77777777" w:rsidR="00E1424C" w:rsidRDefault="00E1424C" w:rsidP="00551D69">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DC538CF" w14:textId="2229D8EB" w:rsidR="00825CBA" w:rsidRPr="003B2D65" w:rsidRDefault="004803C0" w:rsidP="00AA18A6">
+    <w:p w14:paraId="1DC538CF" w14:textId="2229D8EB" w:rsidR="00825CBA" w:rsidRPr="00037E04" w:rsidRDefault="004803C0" w:rsidP="00AA18A6">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B2D65">
+      <w:r w:rsidRPr="00037E04">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Table</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B2D65">
+      <w:r w:rsidRPr="00037E04">
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BDFC1AB" w14:textId="77B80F98" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="002A1742" w:rsidP="00AA18A6">
+    <w:p w14:paraId="6BDFC1AB" w14:textId="77B80F98" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="002A1742" w:rsidP="00AA18A6">
       <w:pPr>
         <w:ind w:firstLine="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidRPr="00037E04">
         <w:t>Sample</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
         <w:t>caption</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1136"/>
         <w:gridCol w:w="1137"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="707"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="847"/>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1273"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00941351" w:rsidRPr="00DA58B4" w14:paraId="46AC2A45" w14:textId="77777777" w:rsidTr="00055E41">
+      <w:tr w:rsidR="00941351" w:rsidRPr="00037E04" w14:paraId="46AC2A45" w14:textId="77777777" w:rsidTr="00055E41">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1253" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0215C113" w14:textId="5B98E342" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00295210" w:rsidP="00AA18A6">
+          <w:p w14:paraId="0215C113" w14:textId="5B98E342" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00295210" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
-            <w:r w:rsidR="00CA5A90">
+            <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1015" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="179CA470" w14:textId="7A12881D" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00295210" w:rsidP="00AA18A6">
+          <w:p w14:paraId="179CA470" w14:textId="7A12881D" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00295210" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
-            <w:r w:rsidR="00CA5A90">
+            <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="469" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F5D0872" w14:textId="7F224AF1" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00CA5A90" w:rsidP="00AA18A6">
+          <w:p w14:paraId="6F5D0872" w14:textId="7F224AF1" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00CA5A90" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F19F140" w14:textId="1FE8B4C3" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00CA5A90" w:rsidP="00AA18A6">
+          <w:p w14:paraId="5F19F140" w14:textId="1FE8B4C3" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00CA5A90" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="313" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01491D6A" w14:textId="58F2253A" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00CA5A90" w:rsidP="00AA18A6">
+          <w:p w14:paraId="01491D6A" w14:textId="58F2253A" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00CA5A90" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CFA13F7" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="6CFA13F7" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="702" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50DCEE3B" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="50DCEE3B" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941351" w:rsidRPr="00DA58B4" w14:paraId="416910FF" w14:textId="77777777" w:rsidTr="00055E41">
+      <w:tr w:rsidR="00941351" w:rsidRPr="00037E04" w14:paraId="416910FF" w14:textId="77777777" w:rsidTr="00055E41">
         <w:trPr>
           <w:trHeight w:val="20"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="626" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55DE74ED" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="55DE74ED" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="627" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52389C76" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="52389C76" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60D73814" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="60D73814" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="390" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B8F2F9B" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="3B8F2F9B" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="469" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F222D10" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="7F222D10" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>t</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D27C442" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="5D27C442" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>p</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="313" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59A10525" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="59A10525" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>d</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="114F4F3C" w14:textId="68588916" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="114F4F3C" w14:textId="68588916" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Lower</w:t>
             </w:r>
-            <w:r w:rsidR="00CA5A90">
+            <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>95%</w:t>
             </w:r>
-            <w:r w:rsidR="00CA5A90">
+            <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>CI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="702" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A9F6EC4" w14:textId="7893D7C0" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="2A9F6EC4" w14:textId="7893D7C0" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Upper</w:t>
             </w:r>
-            <w:r w:rsidR="00CA5A90">
+            <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>95%</w:t>
             </w:r>
-            <w:r w:rsidR="00CA5A90">
+            <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
               <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>CI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941351" w:rsidRPr="00DA58B4" w14:paraId="679D5C0A" w14:textId="77777777" w:rsidTr="00055E41">
+      <w:tr w:rsidR="00941351" w:rsidRPr="00037E04" w14:paraId="679D5C0A" w14:textId="77777777" w:rsidTr="00055E41">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="626" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76BDDE86" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="76BDDE86" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>21.68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="627" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D0EBD5A" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="6D0EBD5A" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>4.64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69831D81" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="69831D81" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>14.22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="390" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="660FC8C9" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="660FC8C9" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>4.47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="469" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0696A894" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="0696A894" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>16.85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CCDFC46" w14:textId="6362D0BD" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="5CCDFC46" w14:textId="6362D0BD" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
-            <w:r w:rsidR="00CA5A90">
+            <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>.001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="313" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:tcMar>
               <w:top w:w="30" w:type="dxa"/>
               <w:left w:w="60" w:type="dxa"/>
               <w:bottom w:w="30" w:type="dxa"/>
               <w:right w:w="60" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6553E058" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="6553E058" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>2.18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DD284C8" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="5DD284C8" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>1.71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="702" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="703CCD50" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+          <w:p w14:paraId="703CCD50" w14:textId="77777777" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
             <w:pPr>
               <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA58B4">
+            <w:r w:rsidRPr="00037E04">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>2.64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1AE0CDB7" w14:textId="4E07EAE9" w:rsidR="00941351" w:rsidRPr="00DA58B4" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
+    <w:p w14:paraId="1AE0CDB7" w14:textId="4E07EAE9" w:rsidR="00941351" w:rsidRPr="00037E04" w:rsidRDefault="00941351" w:rsidP="00AA18A6">
       <w:pPr>
         <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidRPr="00037E04">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Note.</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>=</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>60;</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>Degrees</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>Freedom</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>-statistic</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>=</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>59;</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>represents</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>Cohen’s</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>95%</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>confidence</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>intervals</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>(CI)</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>Cohen’s</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
         <w:rPr>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DA58B4">
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00037E04">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30FC7771" w14:textId="77777777" w:rsidR="004803C0" w:rsidRPr="00257B49" w:rsidRDefault="004803C0" w:rsidP="00D264D7"/>
     <w:p w14:paraId="0038BC5F" w14:textId="096936D6" w:rsidR="004803C0" w:rsidRPr="00D264D7" w:rsidRDefault="008D4473" w:rsidP="00D264D7">
       <w:r w:rsidRPr="00D264D7">
         <w:t>Lorem</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D264D7">
         <w:t>ipsum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D264D7">
         <w:t>dolor</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D264D7">
         <w:t>sit</w:t>
@@ -11244,55 +11552,53 @@
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>elit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>Mauris</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D264D7">
         <w:t>lorem.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -11411,90 +11717,86 @@
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>tellus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D264D7">
         <w:t>vestibulum</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>sollicitudin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>nec</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>congue</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>quam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>Fusce</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>nunc</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D264D7">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D264D7">
         <w:t>tempus</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D264D7">
         <w:t>et</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
@@ -11575,55 +11877,53 @@
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E62A02" w:rsidRPr="00D264D7">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E62A02" w:rsidRPr="00D264D7">
         <w:t>elit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E62A02" w:rsidRPr="00D264D7">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E62A02" w:rsidRPr="00D264D7">
         <w:t>Mauris</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E62A02" w:rsidRPr="00D264D7">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E62A02" w:rsidRPr="00D264D7">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E62A02" w:rsidRPr="00D264D7">
         <w:t>lorem.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -11811,55 +12111,53 @@
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>elit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>Mauris</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>lorem.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -11945,55 +12243,53 @@
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>elit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>Mauris</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00257B49">
         <w:t>urna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00257B49">
         <w:t>lorem.</w:t>
       </w:r>
       <w:r w:rsidR="00CA5A90">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -15537,394 +15833,398 @@
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00D264D7" w:rsidRPr="009A6642">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:lang w:val="en-IE"/>
           </w:rPr>
           <w:t>https://doi.org/10.1017/9781009205702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="12690FAE" w14:textId="77777777" w:rsidR="001E072B" w:rsidRPr="00C2297C" w:rsidRDefault="001E072B" w:rsidP="00D264D7"/>
     <w:p w14:paraId="0F818457" w14:textId="77777777" w:rsidR="00215E26" w:rsidRPr="00FA3978" w:rsidRDefault="00215E26" w:rsidP="00D264D7"/>
     <w:sectPr w:rsidR="00215E26" w:rsidRPr="00FA3978" w:rsidSect="00DD3A09">
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F676E09" w14:textId="77777777" w:rsidR="00D31988" w:rsidRDefault="00D31988" w:rsidP="00D264D7">
+    <w:p w14:paraId="66E62799" w14:textId="77777777" w:rsidR="000A33C1" w:rsidRDefault="000A33C1" w:rsidP="00D264D7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2FD278E2" w14:textId="77777777" w:rsidR="00D31988" w:rsidRDefault="00D31988" w:rsidP="00D264D7">
+    <w:p w14:paraId="15BE440E" w14:textId="77777777" w:rsidR="000A33C1" w:rsidRDefault="000A33C1" w:rsidP="00D264D7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E92E683" w14:textId="77777777" w:rsidR="00A87523" w:rsidRDefault="00A87523">
+    <w:p w14:paraId="6A13F274" w14:textId="77777777" w:rsidR="000A33C1" w:rsidRDefault="000A33C1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002AF" w:usb1="4000004A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ITC Garamond Std Lt">
-    <w:panose1 w:val="02020502060506020304"/>
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E89A80A" w14:textId="77777777" w:rsidR="00D31988" w:rsidRDefault="00D31988" w:rsidP="00D264D7">
+    <w:p w14:paraId="4077975C" w14:textId="77777777" w:rsidR="000A33C1" w:rsidRDefault="000A33C1" w:rsidP="003C6C36">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56D2CC3C" w14:textId="77777777" w:rsidR="00D31988" w:rsidRDefault="00D31988" w:rsidP="00D264D7">
+    <w:p w14:paraId="77B5D4C3" w14:textId="77777777" w:rsidR="000A33C1" w:rsidRDefault="000A33C1" w:rsidP="00D264D7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="69616BBE" w14:textId="77777777" w:rsidR="00A87523" w:rsidRDefault="00A87523">
+    <w:p w14:paraId="22A19D82" w14:textId="77777777" w:rsidR="000A33C1" w:rsidRDefault="000A33C1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="5A853A4F" w14:textId="059B9934" w:rsidR="00182548" w:rsidRPr="00182548" w:rsidRDefault="00182548" w:rsidP="00182548">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00182548">
+      <w:r w:rsidRPr="000A2B3E">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Footnotes</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>inserted</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>using</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>automated</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>footnote</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>tools</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidR="009615E2">
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="009615E2" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>word</w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A90">
-[...9 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00CA5A90" w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2B3E">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>processor.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D76169D" w14:textId="726BCE67" w:rsidR="00DD3A09" w:rsidRDefault="00DD3A09" w:rsidP="00995386">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00995386">
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:t>This</w:t>
     </w:r>
     <w:r w:rsidR="00CA5A90">
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00995386">
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:t>manuscript</w:t>
@@ -16271,51 +16571,51 @@
       <w:t>all</w:t>
     </w:r>
     <w:r w:rsidR="00CA5A90">
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00995386">
       <w:rPr>
         <w:color w:val="FF0000"/>
       </w:rPr>
       <w:t>submissions.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="49848888" w14:textId="77777777" w:rsidR="00995386" w:rsidRDefault="00995386" w:rsidP="00995386">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="022C726A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7078129A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -17193,143 +17493,148 @@
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="341054725">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1597593582">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1689215387">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2103142691">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1629583309">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="2082674756">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1939557546">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="230"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004803C0"/>
+    <w:rsid w:val="00037E04"/>
     <w:rsid w:val="00055E41"/>
     <w:rsid w:val="0006493D"/>
     <w:rsid w:val="000801ED"/>
     <w:rsid w:val="0008463E"/>
     <w:rsid w:val="000970BA"/>
+    <w:rsid w:val="000A2B3E"/>
+    <w:rsid w:val="000A33C1"/>
     <w:rsid w:val="000D3127"/>
     <w:rsid w:val="001009B7"/>
     <w:rsid w:val="00115D6D"/>
     <w:rsid w:val="00123EC7"/>
     <w:rsid w:val="00137285"/>
     <w:rsid w:val="00182548"/>
     <w:rsid w:val="00194ABE"/>
     <w:rsid w:val="001A0566"/>
     <w:rsid w:val="001E072B"/>
     <w:rsid w:val="001F13B1"/>
     <w:rsid w:val="001F4318"/>
     <w:rsid w:val="001F56B7"/>
     <w:rsid w:val="00215E26"/>
     <w:rsid w:val="00221059"/>
     <w:rsid w:val="00232188"/>
     <w:rsid w:val="00257B49"/>
     <w:rsid w:val="002931F4"/>
     <w:rsid w:val="00295210"/>
     <w:rsid w:val="002A1742"/>
     <w:rsid w:val="002B05BD"/>
     <w:rsid w:val="002E12F3"/>
     <w:rsid w:val="002F6011"/>
     <w:rsid w:val="00306B00"/>
     <w:rsid w:val="00331608"/>
     <w:rsid w:val="00370369"/>
     <w:rsid w:val="003818AA"/>
     <w:rsid w:val="00397954"/>
     <w:rsid w:val="003A429F"/>
     <w:rsid w:val="003B2D65"/>
     <w:rsid w:val="003B62E1"/>
     <w:rsid w:val="003C572F"/>
+    <w:rsid w:val="003C6C36"/>
     <w:rsid w:val="00407EDC"/>
     <w:rsid w:val="00410739"/>
     <w:rsid w:val="00424993"/>
     <w:rsid w:val="00453A2D"/>
     <w:rsid w:val="004803C0"/>
     <w:rsid w:val="004C4BFD"/>
+    <w:rsid w:val="004C5CDD"/>
     <w:rsid w:val="005120F1"/>
     <w:rsid w:val="00527E8C"/>
     <w:rsid w:val="0053241C"/>
     <w:rsid w:val="00551D69"/>
     <w:rsid w:val="00577BF4"/>
     <w:rsid w:val="00587722"/>
     <w:rsid w:val="005B384D"/>
     <w:rsid w:val="006642D3"/>
     <w:rsid w:val="006721F9"/>
     <w:rsid w:val="00685920"/>
     <w:rsid w:val="006F2511"/>
     <w:rsid w:val="006F57F0"/>
     <w:rsid w:val="00704CE9"/>
     <w:rsid w:val="00757A2A"/>
     <w:rsid w:val="00771D07"/>
     <w:rsid w:val="007812E3"/>
     <w:rsid w:val="0078467D"/>
     <w:rsid w:val="0079690D"/>
     <w:rsid w:val="007A14C9"/>
     <w:rsid w:val="007C0666"/>
     <w:rsid w:val="00803EA5"/>
     <w:rsid w:val="0082129B"/>
     <w:rsid w:val="008236DB"/>
     <w:rsid w:val="00825CBA"/>
     <w:rsid w:val="00865B89"/>
@@ -17350,50 +17655,51 @@
     <w:rsid w:val="00A96C91"/>
     <w:rsid w:val="00AA0A0E"/>
     <w:rsid w:val="00AA18A6"/>
     <w:rsid w:val="00AA77CC"/>
     <w:rsid w:val="00AC5431"/>
     <w:rsid w:val="00B376AD"/>
     <w:rsid w:val="00B53D57"/>
     <w:rsid w:val="00BD0F00"/>
     <w:rsid w:val="00BF0E2C"/>
     <w:rsid w:val="00C2297C"/>
     <w:rsid w:val="00C33C4F"/>
     <w:rsid w:val="00C41448"/>
     <w:rsid w:val="00C45689"/>
     <w:rsid w:val="00C73DE4"/>
     <w:rsid w:val="00C857B6"/>
     <w:rsid w:val="00CA5A90"/>
     <w:rsid w:val="00CD1FF4"/>
     <w:rsid w:val="00CD5E68"/>
     <w:rsid w:val="00CE0BAA"/>
     <w:rsid w:val="00D21B28"/>
     <w:rsid w:val="00D264D7"/>
     <w:rsid w:val="00D31988"/>
     <w:rsid w:val="00D41F82"/>
     <w:rsid w:val="00D7171A"/>
     <w:rsid w:val="00D806EC"/>
+    <w:rsid w:val="00DA4C3F"/>
     <w:rsid w:val="00DA58B4"/>
     <w:rsid w:val="00DB36ED"/>
     <w:rsid w:val="00DD3A09"/>
     <w:rsid w:val="00DF59DC"/>
     <w:rsid w:val="00E1424C"/>
     <w:rsid w:val="00E14CAA"/>
     <w:rsid w:val="00E55DAA"/>
     <w:rsid w:val="00E62A02"/>
     <w:rsid w:val="00E945E9"/>
     <w:rsid w:val="00EA01A7"/>
     <w:rsid w:val="00EA20D5"/>
     <w:rsid w:val="00ED0733"/>
     <w:rsid w:val="00EF3263"/>
     <w:rsid w:val="00F17D9F"/>
     <w:rsid w:val="00F4482E"/>
     <w:rsid w:val="00F60440"/>
     <w:rsid w:val="00F75836"/>
     <w:rsid w:val="00F833AD"/>
     <w:rsid w:val="00FA3978"/>
     <w:rsid w:val="00FC64DC"/>
     <w:rsid w:val="2A6FFE23"/>
     <w:rsid w:val="30275B8C"/>
     <w:rsid w:val="50B061A6"/>
     <w:rsid w:val="5A20AA2C"/>
   </w:rsids>
@@ -17405,51 +17711,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="11F0C0FA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{17276147-E15E-9D41-A7F6-9AEE9AEC8034}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18647,51 +18953,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculovisitado">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004803C0"/>
     <w:rPr>
       <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="004803C0"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="004803C0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004803C0"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textocomentario">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
@@ -18837,51 +19143,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalpie">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00182548"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="https://i.creativecommons.org/l/by/4.0/88x31.png" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/9781009205702" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalcollections.nypl.org/items/4d1c2340-1981-013a-2ead-0242ac110004" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.merriam-webster.com/dictionary/allegory" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/0022022110361777" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
@@ -19159,61 +19465,63 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100EB8F49D6020C5B4E9AA319DF99EC972F" ma:contentTypeVersion="15" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="8b37c5f385b58bb92289a773f2d17991">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d9f497f1-1fef-4a0b-b27a-e9af314481a6" xmlns:ns3="72e88a99-fdc0-4cdf-9d29-5d4f7dacb73c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c3dd1d18fffc88766c30a95814d84ee5" ns2:_="" ns3:_="">
     <xsd:import namespace="d9f497f1-1fef-4a0b-b27a-e9af314481a6"/>
     <xsd:import namespace="72e88a99-fdc0-4cdf-9d29-5d4f7dacb73c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
@@ -19404,139 +19712,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="72e88a99-fdc0-4cdf-9d29-5d4f7dacb73c" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d9f497f1-1fef-4a0b-b27a-e9af314481a6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DA7B38-D4D6-49B0-B60E-F5789D81998B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{985AF589-2952-4187-958E-AA27167CD1FB}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="d9f497f1-1fef-4a0b-b27a-e9af314481a6"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9D4C60F-CE5E-43AB-979A-A0DD51354C10}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09707BB7-357F-4346-8442-839D90866CF5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d9f497f1-1fef-4a0b-b27a-e9af314481a6"/>
     <ds:schemaRef ds:uri="72e88a99-fdc0-4cdf-9d29-5d4f7dacb73c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9D4C60F-CE5E-43AB-979A-A0DD51354C10}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DA7B38-D4D6-49B0-B60E-F5789D81998B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="72e88a99-fdc0-4cdf-9d29-5d4f7dacb73c"/>
+    <ds:schemaRef ds:uri="d9f497f1-1fef-4a0b-b27a-e9af314481a6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1428</Words>
-  <Characters>7855</Characters>
+  <Words>1352</Words>
+  <Characters>7885</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>167</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9265</CharactersWithSpaces>
+  <CharactersWithSpaces>9165</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Almudena Fernández Fontecha</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_63fba6f1-aff4-4b79-8885-6d979e1ad1b9_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>